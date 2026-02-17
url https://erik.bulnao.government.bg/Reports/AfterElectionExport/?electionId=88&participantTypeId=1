--- v0 (2025-11-07)
+++ v1 (2026-02-17)
@@ -188,50 +188,53 @@
     <x:t>8.1.2.3 Българско национално радио (БНР)</x:t>
   </x:si>
   <x:si>
     <x:t>8.1.2.4 Други доставчици за радиоуслуги</x:t>
   </x:si>
   <x:si>
     <x:t>8.1.3. Електронни издания на вестници, списания, информационни агенции и други електронни издания за онлайн новинарски услуги.</x:t>
   </x:si>
   <x:si>
     <x:t>Общ размер на разходите, извършени по време на предизборната кампания (т.1. - т.8):</x:t>
   </x:si>
   <x:si>
     <x:t>в т.ч.: поети задължения за получени стоки и/или услуги за предизборната кампания, неразплатени към датата на съставяне на отчета</x:t>
   </x:si>
   <x:si>
     <x:t>ІІІ. Обща стойност на получените непарични средства/дарения ( Раздел І, т. 1.2 + т. 2.2 + т. 3.2)</x:t>
   </x:si>
   <x:si>
     <x:t>ІV. Общ размер на финансирането на предизборната кампания (Раздел ІІ. + Раздел ІІІ.)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> ПРОДЪЛЖАВАМЕ ПРОМЯНАТА – ДЕМОКРАТИЧНА БЪЛГАРИЯ , община Столична, район Оборище                   Избори за кмет на район</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> ПРОДЪЛЖАВАМЕ ПРОМЯНАТА – ДЕМОКРАТИЧНА БЪЛГАРИЯ , община Хитрино, кметство Върбак Избори за кмет на кметство</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve"> БСП – ОБЕДИНЕНА ЛЕВИЦА  , община Хитрино, кметство Върбак Избори за кмет на кметство</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac x16r2 xr">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="2" x14ac:knownFonts="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="12"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
     </x:font>
   </x:fonts>
   <x:fills count="3">
     <x:fill>
       <x:patternFill patternType="none"/>
@@ -1129,102 +1132,209 @@
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AU5" s="5">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AV5" s="5">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AW5" s="5">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AX5" s="5">
         <x:v>0</x:v>
       </x:c>
       <x:c r="AY5" s="5">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="AZ5" s="5">
         <x:v>-1</x:v>
       </x:c>
       <x:c r="BA5" s="0">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:57" x14ac:dyDescent="0.25">
-      <x:c r="A6" s="5"/>
-[...50 lines deleted...]
-      <x:c r="AZ6" s="5"/>
+      <x:c r="A6" s="5" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="C6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="D6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="E6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="H6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="I6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="J6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="K6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="L6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="N6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="P6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Q6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="R6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="S6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="T6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="U6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="V6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="W6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="X6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Y6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="Z6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AA6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AB6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AC6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AD6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AE6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AF6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AG6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AH6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AI6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AJ6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AK6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AL6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AM6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AN6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AO6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AP6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AQ6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AR6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AS6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AT6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AU6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AV6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AW6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AX6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AY6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="AZ6" s="5">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="BA6" s="0">
+        <x:v>0</x:v>
+      </x:c>
     </x:row>
     <x:row r="7" spans="1:57" x14ac:dyDescent="0.25">
       <x:c r="A7" s="5"/>
       <x:c r="B7" s="5"/>
       <x:c r="C7" s="5"/>
       <x:c r="D7" s="5"/>
       <x:c r="E7" s="5"/>
       <x:c r="F7" s="5"/>
       <x:c r="G7" s="5"/>
       <x:c r="H7" s="5"/>
       <x:c r="I7" s="5"/>
       <x:c r="J7" s="5"/>
       <x:c r="K7" s="5"/>
       <x:c r="L7" s="5"/>
       <x:c r="M7" s="5"/>
       <x:c r="N7" s="5"/>
       <x:c r="O7" s="5"/>
       <x:c r="P7" s="5"/>
       <x:c r="Q7" s="5"/>
       <x:c r="R7" s="5"/>
       <x:c r="S7" s="5"/>
       <x:c r="T7" s="5"/>
       <x:c r="U7" s="5"/>
       <x:c r="V7" s="5"/>
       <x:c r="W7" s="5"/>